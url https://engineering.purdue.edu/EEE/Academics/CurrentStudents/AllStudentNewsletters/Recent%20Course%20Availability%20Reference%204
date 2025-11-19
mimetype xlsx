--- v0 (2025-10-05)
+++ v1 (2025-11-19)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\pchome\.pcprefs\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Tammi_Nina\Advising\Grid\Spring 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED7B7822-5F74-4B18-8BB5-ECE035D7CC0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C139762-D945-4499-8D85-11CA59B819BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15468" yWindow="480" windowWidth="15576" windowHeight="11904" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-23148" yWindow="-192" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$S$76</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$T$77</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="691" uniqueCount="96">
   <si>
     <t>Spring 2021</t>
   </si>
   <si>
     <t>Fall 2020</t>
   </si>
   <si>
     <t>Spring 2020</t>
   </si>
   <si>
     <t>Fall 2019</t>
   </si>
   <si>
     <t>Spring 2019</t>
   </si>
   <si>
     <t>Fall 2018</t>
   </si>
   <si>
     <t>Spring 2018</t>
   </si>
   <si>
     <t>Fall 2017</t>
   </si>
   <si>
@@ -146,53 +146,50 @@
   <si>
     <t>CE 45700: Air Pollution Control And Design</t>
   </si>
   <si>
     <t>CE 49700 (variable title): Water Treatment</t>
   </si>
   <si>
     <t>CE 51200: The Comprehensive Urban Planning Process</t>
   </si>
   <si>
     <t>CE 51501: Building Energy Audits</t>
   </si>
   <si>
     <t>CE 54000: Open Channel Hydraulics</t>
   </si>
   <si>
     <t>CE 54300: Coastal Engineering</t>
   </si>
   <si>
     <t>CE 54900: Computational Watershed Hydrology</t>
   </si>
   <si>
     <t>CE 55700: Air Quality Management</t>
   </si>
   <si>
-    <t>CE 59700 (variable title): Geographic Information Systems</t>
-[...1 lines deleted...]
-  <si>
     <t>CE 59700 (variable title): Sustain Bldg Dsgn Constr &amp; Oper</t>
   </si>
   <si>
     <t>CHE 59700 (variable title): Advanced Solar Conversion</t>
   </si>
   <si>
     <t>EAPS 30900: Computer-Aided Analysis for Geosciences</t>
   </si>
   <si>
     <t>EAPS 58400: Hydrogeology</t>
   </si>
   <si>
     <t>EDCI 50600: Environmental Education</t>
   </si>
   <si>
     <t>EEE 45600: Wastewater Treatmt Processes</t>
   </si>
   <si>
     <t>EEE 56000 (variable title): Env Ecol Reg And Compliance</t>
   </si>
   <si>
     <t>FNR 21000: Natural Resource Information Management</t>
   </si>
   <si>
     <t>FNR 35700: Fundamental Remote Sensing</t>
@@ -290,78 +287,87 @@
   <si>
     <t xml:space="preserve">CE 59700 (variable title): Environmental Fluid Mechanics </t>
   </si>
   <si>
     <t xml:space="preserve">ME 49601 (variable title): Climate Change &amp; Renewable Enrgy	</t>
   </si>
   <si>
     <t>Fall 2023</t>
   </si>
   <si>
     <t>CM 51000: Env Sust Const Design &amp; Devel</t>
   </si>
   <si>
     <t>EEE 57000: Solid &amp; Haz Waste Mgmt</t>
   </si>
   <si>
     <t xml:space="preserve">EEE 47200:  Community-Engaged Engineering &amp; Design </t>
   </si>
   <si>
     <t>EEE 55201: Environmental Biotechnology</t>
   </si>
   <si>
     <t>Spring 2024</t>
   </si>
   <si>
-    <t>MSE 53500/59700: (variable title): Lean Manufacturing</t>
-[...1 lines deleted...]
-  <si>
     <t>Fall 2024</t>
   </si>
   <si>
     <t>*EEE 36001: Water Quality And Treatment Laboratory (3cr required as core; additional credits may be used as Selective)</t>
   </si>
   <si>
     <t>*EEE 36002: Environmental Sustainability For Industry, Lab (3cr required as core; additional credits used as Selective)</t>
   </si>
   <si>
     <t>EEE 55401: Water Chemistry For Env Eco Eng</t>
   </si>
   <si>
     <t>EEE 56000: Check schedule for title options. Any EEE 56000  is allowed as EEE Selective; Senior classification required</t>
   </si>
   <si>
     <t>Spring 2025</t>
   </si>
   <si>
     <t>Fall 2025</t>
   </si>
   <si>
     <t>CE/EEE 55000: Physico-Chemical Processes In Environ. Engr.</t>
   </si>
   <si>
     <t>EEE/CE 55000: Physico-Chemical Processes In Environ. Engr.</t>
+  </si>
+  <si>
+    <t>Spring 2026</t>
+  </si>
+  <si>
+    <t>EEE 53000 - Life Cycle Assessment: Principles And Applications</t>
+  </si>
+  <si>
+    <t>ABE 42600 - Ecological Restoration Engineering</t>
+  </si>
+  <si>
+    <t>MSE 53500 Lean Manufacturing of Materials</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -425,144 +431,147 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -804,3058 +813,3226 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=58500" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=38300" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54000" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=IE&amp;crse_numb_in=34300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=44000" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EEE&amp;crse_numb_in=45600" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=51400" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202230&amp;subj_code_in=EEE&amp;crse_numb_in=47200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202410&amp;subj_code_in=EEE&amp;crse_numb_in=55201" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=45000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=52700" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=BIOL&amp;crse_numb_in=54900" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=56000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=51200" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EAPS&amp;crse_numb_in=58400" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=54300" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=41300" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=30000" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202510&amp;subj_code_in=EEE&amp;crse_numb_in=36002" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=33700" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54500" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=41300" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EAPS&amp;crse_numb_in=30900" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=MET&amp;crse_numb_in=42200" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202510&amp;subj_code_in=EEE&amp;crse_numb_in=36001" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=25500" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54400" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ASM&amp;crse_numb_in=54000" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=44300" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54300" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55700" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=21000" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=52900" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202210&amp;subj_code_in=CM&amp;crse_numb_in=51000" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54000" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202410&amp;subj_code_in=EEE&amp;crse_numb_in=57000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=56000" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=58000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=31100" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=51501" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EDCI&amp;crse_numb_in=50600" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=55800" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=47000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=41400" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=43000" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202510&amp;subj_code_in=EEE&amp;crse_numb_in=55401" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=32500" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=38500" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=BIOL&amp;crse_numb_in=48300" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=45700" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54900" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=35700" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://purdueme.com/wp-content/uploads/2022/09/ME-49601_Climate-Change-and-Renewable-Energy-Technologies_Bansal_Spring-2023-v1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=58500" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=38300" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54000" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=IE&amp;crse_numb_in=34300" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=44000" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EEE&amp;crse_numb_in=45600" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=51400" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202230&amp;subj_code_in=EEE&amp;crse_numb_in=47200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202410&amp;subj_code_in=EEE&amp;crse_numb_in=55201" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=45000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=52700" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=BIOL&amp;crse_numb_in=54900" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=56000" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=51200" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EAPS&amp;crse_numb_in=58400" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=54300" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=41300" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=30000" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202510&amp;subj_code_in=EEE&amp;crse_numb_in=36002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202610&amp;subj_code_in=MSE&amp;crse_numb_in=53500" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=33700" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=41300" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=25500" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54400" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ASM&amp;crse_numb_in=54000" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=44300" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54300" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55700" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=21000" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=52900" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202210&amp;subj_code_in=CM&amp;crse_numb_in=51000" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202610&amp;subj_code_in=EEE&amp;crse_numb_in=53000" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54000" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202410&amp;subj_code_in=EEE&amp;crse_numb_in=57000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=56000" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=58000" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=31100" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=51501" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EDCI&amp;crse_numb_in=50600" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=55800" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=47000" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=41400" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=43000" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202510&amp;subj_code_in=EEE&amp;crse_numb_in=55401" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=32500" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=38500" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=BIOL&amp;crse_numb_in=48300" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=45700" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54900" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=35700" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://purdueme.com/wp-content/uploads/2022/09/ME-49601_Climate-Change-and-Renewable-Energy-Technologies_Bansal_Spring-2023-v1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202610&amp;subj_code_in=ABE&amp;crse_numb_in=42600" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54500" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EAPS&amp;crse_numb_in=30900" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=MET&amp;crse_numb_in=42200" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202510&amp;subj_code_in=EEE&amp;crse_numb_in=36001" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S76"/>
+  <dimension ref="A1:T77"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="95" zoomScaleNormal="95" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B77" sqref="B77"/>
+      <selection pane="bottomLeft" activeCell="B81" sqref="B81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="25.2" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="51.5546875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="13.6640625" style="4" bestFit="1" customWidth="1"/>
-[...16 lines deleted...]
-    <col min="19" max="19" width="16" style="2" customWidth="1"/>
+    <col min="2" max="2" width="15.6640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.6640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.6640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.44140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.6640625" style="4" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="16" style="4" customWidth="1"/>
+    <col min="9" max="9" width="13.6640625" style="11" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="16" style="4" customWidth="1"/>
+    <col min="11" max="11" width="13.6640625" style="11" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16" style="4" customWidth="1"/>
+    <col min="13" max="13" width="13.6640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="16" style="4" customWidth="1"/>
+    <col min="15" max="15" width="13.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16" style="2" customWidth="1"/>
+    <col min="17" max="17" width="13.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16" style="2" customWidth="1"/>
+    <col min="19" max="19" width="13.6640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="16" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="17" customFormat="1" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:20" s="17" customFormat="1" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="12"/>
-      <c r="B1" s="8" t="s">
-[...8 lines deleted...]
-      <c r="E1" s="12" t="s">
+      <c r="B1" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C1" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D1" s="31" t="s">
+        <v>88</v>
+      </c>
+      <c r="E1" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="F1" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H1" s="14" t="s">
+      <c r="F1" s="31" t="s">
+        <v>82</v>
+      </c>
+      <c r="G1" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H1" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="I1" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J1" s="14" t="s">
+      <c r="I1" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="J1" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="K1" s="13" t="s">
+      <c r="K1" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="L1" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="L1" s="5" t="s">
+      <c r="M1" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="M1" s="13" t="s">
+      <c r="N1" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="N1" s="15" t="s">
+      <c r="O1" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="O1" s="16" t="s">
+      <c r="P1" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="P1" s="15" t="s">
+      <c r="Q1" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="Q1" s="16" t="s">
+      <c r="R1" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="R1" s="15" t="s">
+      <c r="S1" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="S1" s="16" t="s">
+      <c r="T1" s="16" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="2" spans="1:19" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="18" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="6" t="s">
+      <c r="B2" s="9"/>
+      <c r="C2" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" s="9"/>
+      <c r="E2" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" s="9"/>
+      <c r="G2" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" s="9"/>
+      <c r="I2" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J2" s="9"/>
+      <c r="K2" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L2" s="9"/>
+      <c r="M2" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N2" s="9"/>
+      <c r="O2" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P2" s="20"/>
+      <c r="Q2" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R2" s="20"/>
+      <c r="S2" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T2" s="20"/>
+    </row>
+    <row r="3" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="C2" s="9"/>
-[...34 lines deleted...]
-      <c r="A3" s="18" t="s">
+      <c r="B3" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" s="6"/>
+      <c r="F3" s="9"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="9"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="9"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="9"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="9"/>
+      <c r="O3" s="19"/>
+      <c r="P3" s="20"/>
+      <c r="Q3" s="19"/>
+      <c r="R3" s="20"/>
+      <c r="S3" s="19"/>
+      <c r="T3" s="20"/>
+    </row>
+    <row r="4" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" s="6"/>
+      <c r="D4" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" s="6"/>
+      <c r="F4" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G4" s="6"/>
+      <c r="H4" s="9"/>
+      <c r="I4" s="6"/>
+      <c r="J4" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K4" s="6"/>
+      <c r="L4" s="9"/>
+      <c r="M4" s="6"/>
+      <c r="N4" s="9"/>
+      <c r="O4" s="19"/>
+      <c r="P4" s="20"/>
+      <c r="Q4" s="19"/>
+      <c r="R4" s="20"/>
+      <c r="S4" s="19"/>
+      <c r="T4" s="20"/>
+    </row>
+    <row r="5" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="9"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="9"/>
+      <c r="I5" s="24"/>
+      <c r="J5" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K5" s="6"/>
+      <c r="L5" s="9"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O5" s="19"/>
+      <c r="P5" s="20"/>
+      <c r="Q5" s="19"/>
+      <c r="R5" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S5" s="19"/>
+      <c r="T5" s="20"/>
+    </row>
+    <row r="6" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="9"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="9"/>
+      <c r="E6" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" s="9"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="9"/>
+      <c r="I6" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J6" s="9"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="9"/>
+      <c r="M6" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" s="9"/>
+      <c r="O6" s="19"/>
+      <c r="P6" s="20"/>
+      <c r="Q6" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R6" s="20"/>
+      <c r="S6" s="19"/>
+      <c r="T6" s="20"/>
+    </row>
+    <row r="7" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O7" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q7" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R7" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S7" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T7" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" s="6"/>
+      <c r="F8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G8" s="6"/>
+      <c r="H8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I8" s="6"/>
+      <c r="J8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" s="6"/>
+      <c r="L8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" s="6"/>
+      <c r="N8" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O8" s="19"/>
+      <c r="P8" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q8" s="19"/>
+      <c r="R8" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S8" s="19"/>
+      <c r="T8" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" s="6"/>
+      <c r="F9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G9" s="6"/>
+      <c r="H9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" s="24"/>
+      <c r="J9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K9" s="6"/>
+      <c r="L9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M9" s="6"/>
+      <c r="N9" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O9" s="19"/>
+      <c r="P9" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q9" s="19"/>
+      <c r="R9" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S9" s="19"/>
+      <c r="T9" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="9"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="9"/>
+      <c r="E10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="G10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" s="9"/>
+      <c r="I10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J10" s="9"/>
+      <c r="K10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L10" s="9"/>
+      <c r="M10" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" s="9"/>
+      <c r="O10" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P10" s="20"/>
+      <c r="Q10" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R10" s="20"/>
+      <c r="S10" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T10" s="20"/>
+    </row>
+    <row r="11" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="9"/>
+      <c r="C11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" s="9"/>
+      <c r="E11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="G11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" s="9"/>
+      <c r="I11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J11" s="9"/>
+      <c r="K11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L11" s="9"/>
+      <c r="M11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" s="9"/>
+      <c r="O11" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P11" s="20"/>
+      <c r="Q11" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R11" s="20"/>
+      <c r="S11" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T11" s="20"/>
+    </row>
+    <row r="12" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" s="6"/>
+      <c r="D12" s="9"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="9"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="6"/>
+      <c r="L12" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M12" s="6"/>
+      <c r="N12" s="9"/>
+      <c r="O12" s="19"/>
+      <c r="P12" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q12" s="19"/>
+      <c r="R12" s="20"/>
+      <c r="S12" s="19"/>
+      <c r="T12" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="6"/>
+      <c r="F13" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G13" s="6"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K13" s="6"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="6"/>
+      <c r="N13" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O13" s="19"/>
+      <c r="P13" s="20"/>
+      <c r="Q13" s="19"/>
+      <c r="R13" s="20"/>
+      <c r="S13" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T13" s="20"/>
+    </row>
+    <row r="14" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="9"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="9"/>
+      <c r="G14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H14" s="9"/>
+      <c r="I14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J14" s="9"/>
+      <c r="K14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L14" s="9"/>
+      <c r="M14" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N14" s="9"/>
+      <c r="O14" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P14" s="20"/>
+      <c r="Q14" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R14" s="20"/>
+      <c r="S14" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T14" s="20"/>
+    </row>
+    <row r="15" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="9"/>
+      <c r="E15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" s="9"/>
+      <c r="G15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" s="9"/>
+      <c r="I15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J15" s="9"/>
+      <c r="K15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L15" s="9"/>
+      <c r="M15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N15" s="9"/>
+      <c r="O15" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R15" s="20"/>
+      <c r="S15" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T15" s="20"/>
+    </row>
+    <row r="16" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" s="6"/>
+      <c r="D16" s="9"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G16" s="6"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="6"/>
+      <c r="L16" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M16" s="6"/>
+      <c r="N16" s="9"/>
+      <c r="O16" s="19"/>
+      <c r="P16" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q16" s="19"/>
+      <c r="R16" s="20"/>
+      <c r="S16" s="19"/>
+      <c r="T16" s="20"/>
+    </row>
+    <row r="17" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" s="6"/>
+      <c r="F17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G17" s="6"/>
+      <c r="H17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I17" s="24"/>
+      <c r="J17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K17" s="6"/>
+      <c r="L17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M17" s="6"/>
+      <c r="N17" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O17" s="19"/>
+      <c r="P17" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q17" s="19"/>
+      <c r="R17" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S17" s="19"/>
+      <c r="T17" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="18" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="9"/>
+      <c r="C18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="9"/>
+      <c r="E18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F18" s="9"/>
+      <c r="G18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18" s="9"/>
+      <c r="I18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J18" s="9"/>
+      <c r="K18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L18" s="9"/>
+      <c r="M18" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N18" s="9"/>
+      <c r="O18" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P18" s="20"/>
+      <c r="Q18" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R18" s="20"/>
+      <c r="S18" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T18" s="20"/>
+    </row>
+    <row r="19" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="6"/>
+      <c r="F19" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G19" s="6"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K19" s="6"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="6"/>
+      <c r="N19" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O19" s="19"/>
+      <c r="P19" s="20"/>
+      <c r="Q19" s="19"/>
+      <c r="R19" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S19" s="19"/>
+      <c r="T19" s="20"/>
+    </row>
+    <row r="20" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="6"/>
+      <c r="D20" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G20" s="6"/>
+      <c r="H20" s="9"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K20" s="6"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="6"/>
+      <c r="N20" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O20" s="19"/>
+      <c r="P20" s="20"/>
+      <c r="Q20" s="19"/>
+      <c r="R20" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S20" s="19"/>
+      <c r="T20" s="20"/>
+    </row>
+    <row r="21" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N21" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O21" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P21" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q21" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R21" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S21" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T21" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="22" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N22" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O22" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P22" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q22" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R22" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S22" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T22" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="23" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" s="9"/>
+      <c r="E23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F23" s="9"/>
+      <c r="G23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23" s="9"/>
+      <c r="I23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J23" s="9"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N23" s="9"/>
+      <c r="O23" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P23" s="20"/>
+      <c r="Q23" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R23" s="20"/>
+      <c r="S23" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T23" s="20"/>
+    </row>
+    <row r="24" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" s="6"/>
+      <c r="F24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G24" s="6"/>
+      <c r="H24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I24" s="24"/>
+      <c r="J24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K24" s="6"/>
+      <c r="L24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M24" s="6"/>
+      <c r="N24" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O24" s="19"/>
+      <c r="P24" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q24" s="19"/>
+      <c r="R24" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S24" s="19"/>
+      <c r="T24" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="25" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="9"/>
+      <c r="C25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" s="9"/>
+      <c r="E25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F25" s="9"/>
+      <c r="G25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H25" s="9"/>
+      <c r="I25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J25" s="9"/>
+      <c r="K25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L25" s="9"/>
+      <c r="M25" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N25" s="9"/>
+      <c r="O25" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P25" s="20"/>
+      <c r="Q25" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R25" s="20"/>
+      <c r="S25" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T25" s="20"/>
+    </row>
+    <row r="26" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" s="6"/>
+      <c r="H26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I26" s="24"/>
+      <c r="J26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K26" s="6"/>
+      <c r="L26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M26" s="6"/>
+      <c r="N26" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O26" s="19"/>
+      <c r="P26" s="20"/>
+      <c r="Q26" s="19"/>
+      <c r="R26" s="20"/>
+      <c r="S26" s="19"/>
+      <c r="T26" s="20"/>
+    </row>
+    <row r="27" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="9"/>
+      <c r="C27" s="6"/>
+      <c r="D27" s="9"/>
+      <c r="E27" s="6"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="6"/>
+      <c r="H27" s="9"/>
+      <c r="I27" s="24"/>
+      <c r="J27" s="9"/>
+      <c r="K27" s="6"/>
+      <c r="L27" s="9"/>
+      <c r="M27" s="6"/>
+      <c r="N27" s="9"/>
+      <c r="O27" s="19"/>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="19"/>
+      <c r="R27" s="20"/>
+      <c r="S27" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T27" s="20"/>
+    </row>
+    <row r="28" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C28" s="6"/>
+      <c r="D28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G28" s="6"/>
+      <c r="H28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I28" s="24"/>
+      <c r="J28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K28" s="6"/>
+      <c r="L28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M28" s="6"/>
+      <c r="N28" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O28" s="19"/>
+      <c r="P28" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q28" s="19"/>
+      <c r="R28" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S28" s="19"/>
+      <c r="T28" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="29" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="10"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="10"/>
+      <c r="I29" s="25"/>
+      <c r="J29" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K29" s="7"/>
+      <c r="L29" s="10"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O29" s="19"/>
+      <c r="P29" s="20"/>
+      <c r="Q29" s="19"/>
+      <c r="R29" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S29" s="19"/>
+      <c r="T29" s="20"/>
+    </row>
+    <row r="30" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="9"/>
+      <c r="C30" s="6"/>
+      <c r="D30" s="9"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="6"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="6"/>
+      <c r="J30" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K30" s="6"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="6"/>
+      <c r="N30" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O30" s="19"/>
+      <c r="P30" s="20"/>
+      <c r="Q30" s="19"/>
+      <c r="R30" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S30" s="19"/>
+      <c r="T30" s="20"/>
+    </row>
+    <row r="31" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D31" s="9"/>
+      <c r="E31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F31" s="9"/>
+      <c r="G31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H31" s="9"/>
+      <c r="I31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J31" s="9"/>
+      <c r="K31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L31" s="9"/>
+      <c r="M31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N31" s="9"/>
+      <c r="O31" s="19"/>
+      <c r="P31" s="20"/>
+      <c r="Q31" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R31" s="20"/>
+      <c r="S31" s="19"/>
+      <c r="T31" s="20"/>
+    </row>
+    <row r="32" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B32" s="9"/>
+      <c r="C32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D32" s="9"/>
+      <c r="E32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F32" s="9"/>
+      <c r="G32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H32" s="9"/>
+      <c r="I32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J32" s="9"/>
+      <c r="K32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L32" s="9"/>
+      <c r="M32" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N32" s="9"/>
+      <c r="O32" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P32" s="20"/>
+      <c r="Q32" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R32" s="20"/>
+      <c r="S32" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T32" s="20"/>
+    </row>
+    <row r="33" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D33" s="9"/>
+      <c r="E33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F33" s="9"/>
+      <c r="G33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H33" s="9"/>
+      <c r="I33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J33" s="9"/>
+      <c r="K33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L33" s="9"/>
+      <c r="M33" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N33" s="9"/>
+      <c r="O33" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P33" s="20"/>
+      <c r="Q33" s="19"/>
+      <c r="R33" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S33" s="19"/>
+      <c r="T33" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="34" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="9"/>
+      <c r="C34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D34" s="9"/>
+      <c r="E34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F34" s="9"/>
+      <c r="G34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H34" s="9"/>
+      <c r="I34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J34" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L34" s="9"/>
+      <c r="M34" s="6"/>
+      <c r="N34" s="9"/>
+      <c r="O34" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P34" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q34" s="19"/>
+      <c r="R34" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S34" s="19"/>
+      <c r="T34" s="20"/>
+    </row>
+    <row r="35" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D35" s="9"/>
+      <c r="E35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F35" s="9"/>
+      <c r="G35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H35" s="9"/>
+      <c r="I35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J35" s="9"/>
+      <c r="K35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L35" s="9"/>
+      <c r="M35" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N35" s="9"/>
+      <c r="O35" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P35" s="20"/>
+      <c r="Q35" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R35" s="20"/>
+      <c r="S35" s="19"/>
+      <c r="T35" s="20"/>
+    </row>
+    <row r="36" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="9"/>
+      <c r="C36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D36" s="9"/>
+      <c r="E36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F36" s="9"/>
+      <c r="G36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H36" s="9"/>
+      <c r="I36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J36" s="9"/>
+      <c r="K36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L36" s="9"/>
+      <c r="M36" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N36" s="9"/>
+      <c r="O36" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P36" s="20"/>
+      <c r="Q36" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R36" s="20"/>
+      <c r="S36" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T36" s="20"/>
+    </row>
+    <row r="37" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="26" t="s">
+        <v>73</v>
+      </c>
+      <c r="B37" s="9"/>
+      <c r="C37" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D37" s="9"/>
+      <c r="E37" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F37" s="9"/>
+      <c r="G37" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H37" s="9"/>
+      <c r="I37" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J37" s="9"/>
+      <c r="K37" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L37" s="9"/>
+      <c r="M37" s="6"/>
+      <c r="N37" s="9"/>
+      <c r="O37" s="19"/>
+      <c r="P37" s="20"/>
+      <c r="Q37" s="19"/>
+      <c r="R37" s="20"/>
+      <c r="S37" s="19"/>
+      <c r="T37" s="20"/>
+    </row>
+    <row r="38" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="21" t="s">
+        <v>72</v>
+      </c>
+      <c r="B38" s="10"/>
+      <c r="C38" s="6"/>
+      <c r="D38" s="9"/>
+      <c r="E38" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F38" s="9"/>
+      <c r="G38" s="6"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J38" s="9"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="9"/>
+      <c r="M38" s="6"/>
+      <c r="N38" s="9"/>
+      <c r="O38" s="19"/>
+      <c r="P38" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q38" s="19"/>
+      <c r="R38" s="20"/>
+      <c r="S38" s="19"/>
+      <c r="T38" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="39" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="21" t="s">
+        <v>75</v>
+      </c>
+      <c r="B39" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" s="7"/>
+      <c r="D39" s="10"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="10"/>
+      <c r="G39" s="7"/>
+      <c r="H39" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I39" s="25"/>
+      <c r="J39" s="10"/>
+      <c r="K39" s="7"/>
+      <c r="L39" s="10"/>
+      <c r="M39" s="7"/>
+      <c r="N39" s="10"/>
+      <c r="O39" s="19"/>
+      <c r="P39" s="20"/>
+      <c r="Q39" s="19"/>
+      <c r="R39" s="20"/>
+      <c r="S39" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T39" s="20"/>
+    </row>
+    <row r="40" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" s="10"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="10"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" s="7"/>
+      <c r="H40" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I40" s="25"/>
+      <c r="J40" s="10"/>
+      <c r="K40" s="7"/>
+      <c r="L40" s="10"/>
+      <c r="M40" s="7"/>
+      <c r="N40" s="10"/>
+      <c r="O40" s="19"/>
+      <c r="P40" s="20"/>
+      <c r="Q40" s="19"/>
+      <c r="R40" s="20"/>
+      <c r="S40" s="19"/>
+      <c r="T40" s="20"/>
+    </row>
+    <row r="41" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="10"/>
+      <c r="C41" s="6"/>
+      <c r="D41" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E41" s="6"/>
+      <c r="F41" s="10"/>
+      <c r="G41" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H41" s="10"/>
+      <c r="I41" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J41" s="10"/>
+      <c r="K41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L41" s="10"/>
+      <c r="M41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N41" s="10"/>
+      <c r="O41" s="23"/>
+      <c r="P41" s="20"/>
+      <c r="Q41" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R41" s="20"/>
+      <c r="S41" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T41" s="20"/>
+    </row>
+    <row r="42" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="10"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G42" s="7"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="J42" s="10"/>
+      <c r="K42" s="7"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N42" s="10"/>
+      <c r="O42" s="19"/>
+      <c r="P42" s="20"/>
+      <c r="Q42" s="19"/>
+      <c r="R42" s="20"/>
+      <c r="S42" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T42" s="20"/>
+    </row>
+    <row r="43" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="B43" s="9"/>
+      <c r="C43" s="7"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G43" s="7"/>
+      <c r="H43" s="10"/>
+      <c r="I43" s="25"/>
+      <c r="J43" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L43" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N43" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O43" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P43" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q43" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R43" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S43" s="19"/>
+      <c r="T43" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="44" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D44" s="10"/>
+      <c r="E44" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F44" s="10"/>
+      <c r="G44" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H44" s="10"/>
+      <c r="I44" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="J44" s="10"/>
+      <c r="K44" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L44" s="9"/>
+      <c r="M44" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N44" s="9"/>
+      <c r="O44" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P44" s="20"/>
+      <c r="Q44" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R44" s="20"/>
+      <c r="S44" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T44" s="20"/>
+    </row>
+    <row r="45" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="22" t="s">
+        <v>38</v>
+      </c>
+      <c r="B45" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E45" s="6"/>
+      <c r="F45" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G45" s="6"/>
+      <c r="H45" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I45" s="24"/>
+      <c r="J45" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K45" s="6"/>
+      <c r="L45" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M45" s="6"/>
+      <c r="N45" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O45" s="19"/>
+      <c r="P45" s="20"/>
+      <c r="Q45" s="19"/>
+      <c r="R45" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S45" s="19"/>
+      <c r="T45" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="46" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D46" s="10"/>
+      <c r="E46" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F46" s="10"/>
+      <c r="G46" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H46" s="9"/>
+      <c r="I46" s="24"/>
+      <c r="J46" s="9"/>
+      <c r="K46" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L46" s="9"/>
+      <c r="M46" s="6"/>
+      <c r="N46" s="9"/>
+      <c r="O46" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P46" s="20"/>
+      <c r="Q46" s="19"/>
+      <c r="R46" s="20"/>
+      <c r="S46" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T46" s="20"/>
+    </row>
+    <row r="47" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B47" s="9"/>
+      <c r="C47" s="6"/>
+      <c r="D47" s="10"/>
+      <c r="E47" s="6"/>
+      <c r="F47" s="10"/>
+      <c r="G47" s="6"/>
+      <c r="H47" s="9"/>
+      <c r="I47" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J47" s="9"/>
+      <c r="K47" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L47" s="9"/>
+      <c r="M47" s="6"/>
+      <c r="N47" s="9"/>
+      <c r="O47" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P47" s="20"/>
+      <c r="Q47" s="19"/>
+      <c r="R47" s="20"/>
+      <c r="S47" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T47" s="20"/>
+    </row>
+    <row r="48" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="29" t="s">
+        <v>84</v>
+      </c>
+      <c r="B48" s="9"/>
+      <c r="C48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F48" s="10"/>
+      <c r="G48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H48" s="9"/>
+      <c r="I48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J48" s="9"/>
+      <c r="K48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L48" s="9"/>
+      <c r="M48" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N48" s="9"/>
+      <c r="O48" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P48" s="20"/>
+      <c r="Q48" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R48" s="20"/>
+      <c r="S48" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T48" s="20"/>
+    </row>
+    <row r="49" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="B49" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E49" s="6"/>
+      <c r="F49" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G49" s="6"/>
+      <c r="H49" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I49" s="6"/>
+      <c r="J49" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K49" s="7"/>
+      <c r="L49" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M49" s="7"/>
+      <c r="N49" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O49" s="19"/>
+      <c r="P49" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q49" s="19"/>
+      <c r="R49" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S49" s="19"/>
+      <c r="T49" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="18" t="s">
         <v>61</v>
       </c>
-      <c r="B3" s="6"/>
-[...222 lines deleted...]
-      <c r="A9" s="22" t="s">
+      <c r="B50" s="9"/>
+      <c r="C50" s="6"/>
+      <c r="D50" s="10"/>
+      <c r="E50" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F50" s="10"/>
+      <c r="G50" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H50" s="9"/>
+      <c r="I50" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J50" s="9"/>
+      <c r="K50" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L50" s="9"/>
+      <c r="M50" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N50" s="9"/>
+      <c r="O50" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P50" s="20"/>
+      <c r="Q50" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R50" s="20"/>
+      <c r="S50" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T50" s="20"/>
+    </row>
+    <row r="51" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="B51" s="9"/>
+      <c r="C51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" s="10"/>
+      <c r="E51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F51" s="10"/>
+      <c r="G51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H51" s="9"/>
+      <c r="I51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J51" s="9"/>
+      <c r="K51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L51" s="9"/>
+      <c r="M51" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N51" s="9"/>
+      <c r="O51" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P51" s="20"/>
+      <c r="Q51" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R51" s="20"/>
+      <c r="S51" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T51" s="20"/>
+    </row>
+    <row r="52" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B52" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E52" s="6"/>
+      <c r="F52" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G52" s="6"/>
+      <c r="H52" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I52" s="24"/>
+      <c r="J52" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K52" s="7"/>
+      <c r="L52" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M52" s="7"/>
+      <c r="N52" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O52" s="19"/>
+      <c r="P52" s="20"/>
+      <c r="Q52" s="19"/>
+      <c r="R52" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S52" s="19"/>
+      <c r="T52" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="B53" s="9"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="10"/>
+      <c r="E53" s="6"/>
+      <c r="F53" s="10"/>
+      <c r="G53" s="6"/>
+      <c r="H53" s="10"/>
+      <c r="I53" s="24"/>
+      <c r="J53" s="10"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="10"/>
+      <c r="M53" s="7"/>
+      <c r="N53" s="10"/>
+      <c r="O53" s="19"/>
+      <c r="P53" s="20"/>
+      <c r="Q53" s="19"/>
+      <c r="R53" s="20"/>
+      <c r="S53" s="19"/>
+      <c r="T53" s="20"/>
+    </row>
+    <row r="54" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="B9" s="6"/>
-[...105 lines deleted...]
-      <c r="A12" s="22" t="s">
+      <c r="B54" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="10"/>
+      <c r="E54" s="6"/>
+      <c r="F54" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G54" s="6"/>
+      <c r="H54" s="9"/>
+      <c r="I54" s="24"/>
+      <c r="J54" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K54" s="6"/>
+      <c r="L54" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M54" s="6"/>
+      <c r="N54" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O54" s="19"/>
+      <c r="P54" s="20"/>
+      <c r="Q54" s="19"/>
+      <c r="R54" s="20"/>
+      <c r="S54" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T54" s="20"/>
+    </row>
+    <row r="55" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="18" t="s">
+        <v>91</v>
+      </c>
+      <c r="B55" s="9"/>
+      <c r="C55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D55" s="9"/>
+      <c r="E55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F55" s="9"/>
+      <c r="G55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H55" s="9"/>
+      <c r="I55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J55" s="9"/>
+      <c r="K55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L55" s="9"/>
+      <c r="M55" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N55" s="9"/>
+      <c r="O55" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P55" s="20"/>
+      <c r="Q55" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R55" s="20"/>
+      <c r="S55" s="19"/>
+      <c r="T55" s="20"/>
+    </row>
+    <row r="56" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="30" t="s">
+        <v>81</v>
+      </c>
+      <c r="B56" s="32" t="s">
+        <v>59</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E56" s="6"/>
+      <c r="F56" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G56" s="6"/>
+      <c r="H56" s="9"/>
+      <c r="I56" s="24"/>
+      <c r="J56" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K56" s="6"/>
+      <c r="L56" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M56" s="6"/>
+      <c r="N56" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O56" s="19"/>
+      <c r="P56" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q56" s="19"/>
+      <c r="R56" s="20"/>
+      <c r="S56" s="19"/>
+      <c r="T56" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="B57" s="9"/>
+      <c r="C57" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" s="10"/>
+      <c r="E57" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F57" s="10"/>
+      <c r="G57" s="7"/>
+      <c r="H57" s="10"/>
+      <c r="I57" s="25"/>
+      <c r="J57" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K57" s="7"/>
+      <c r="L57" s="10"/>
+      <c r="M57" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N57" s="10"/>
+      <c r="O57" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P57" s="20"/>
+      <c r="Q57" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R57" s="20"/>
+      <c r="S57" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T57" s="20"/>
+    </row>
+    <row r="58" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E58" s="6"/>
+      <c r="F58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G58" s="6"/>
+      <c r="H58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I58" s="6"/>
+      <c r="J58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K58" s="7"/>
+      <c r="L58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M58" s="7"/>
+      <c r="N58" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O58" s="19"/>
+      <c r="P58" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q58" s="19"/>
+      <c r="R58" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S58" s="19"/>
+      <c r="T58" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="R59" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="S59" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T59" s="10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="27" t="s">
+        <v>79</v>
+      </c>
+      <c r="B60" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C60" s="7"/>
+      <c r="D60" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E60" s="7"/>
+      <c r="F60" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G60" s="7"/>
+      <c r="H60" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I60" s="25"/>
+      <c r="J60" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K60" s="7"/>
+      <c r="L60" s="10"/>
+      <c r="M60" s="7"/>
+      <c r="N60" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O60" s="19"/>
+      <c r="P60" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q60" s="19"/>
+      <c r="R60" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S60" s="19"/>
+      <c r="T60" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="61" spans="1:20" s="17" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A61" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C61" s="7"/>
+      <c r="D61" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E61" s="7"/>
+      <c r="F61" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G61" s="7"/>
+      <c r="H61" s="10"/>
+      <c r="I61" s="25"/>
+      <c r="J61" s="10"/>
+      <c r="K61" s="7"/>
+      <c r="L61" s="10"/>
+      <c r="M61" s="7"/>
+      <c r="N61" s="10"/>
+      <c r="O61" s="19"/>
+      <c r="P61" s="20"/>
+      <c r="Q61" s="19"/>
+      <c r="R61" s="20"/>
+      <c r="S61" s="19"/>
+      <c r="T61" s="20"/>
+    </row>
+    <row r="62" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B62" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E62" s="6"/>
+      <c r="F62" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="G62" s="6"/>
+      <c r="H62" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I62" s="24"/>
+      <c r="J62" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K62" s="6"/>
+      <c r="L62" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M62" s="6"/>
+      <c r="N62" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O62" s="19"/>
+      <c r="P62" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q62" s="19"/>
+      <c r="R62" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S62" s="19"/>
+      <c r="T62" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="63" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="B63" s="9"/>
+      <c r="C63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D63" s="10"/>
+      <c r="E63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F63" s="10"/>
+      <c r="G63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H63" s="9"/>
+      <c r="I63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J63" s="9"/>
+      <c r="K63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L63" s="9"/>
+      <c r="M63" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N63" s="9"/>
+      <c r="O63" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P63" s="20"/>
+      <c r="Q63" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R63" s="20"/>
+      <c r="S63" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T63" s="20"/>
+    </row>
+    <row r="64" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="B12" s="6"/>
-[...984 lines deleted...]
-      <c r="A38" s="21" t="s">
+      <c r="B64" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E64" s="6"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="6"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J64" s="9"/>
+      <c r="K64" s="6"/>
+      <c r="L64" s="9"/>
+      <c r="M64" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N64" s="9"/>
+      <c r="O64" s="19"/>
+      <c r="P64" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q64" s="19"/>
+      <c r="R64" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S64" s="19"/>
+      <c r="T64" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="65" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B65" s="9"/>
+      <c r="C65" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D65" s="10"/>
+      <c r="E65" s="6"/>
+      <c r="F65" s="10"/>
+      <c r="G65" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H65" s="9"/>
+      <c r="I65" s="24"/>
+      <c r="J65" s="9"/>
+      <c r="K65" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L65" s="9"/>
+      <c r="M65" s="6"/>
+      <c r="N65" s="9"/>
+      <c r="O65" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P65" s="20"/>
+      <c r="Q65" s="19"/>
+      <c r="R65" s="20"/>
+      <c r="S65" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T65" s="20"/>
+    </row>
+    <row r="66" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B66" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E66" s="6"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="6"/>
+      <c r="H66" s="9"/>
+      <c r="I66" s="24"/>
+      <c r="J66" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K66" s="6"/>
+      <c r="L66" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M66" s="6"/>
+      <c r="N66" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O66" s="19"/>
+      <c r="P66" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q66" s="19"/>
+      <c r="R66" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S66" s="19"/>
+      <c r="T66" s="20"/>
+    </row>
+    <row r="67" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N67" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O67" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P67" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q67" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R67" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S67" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T67" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="68" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E68" s="6"/>
+      <c r="F68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G68" s="6"/>
+      <c r="H68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I68" s="24"/>
+      <c r="J68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K68" s="6"/>
+      <c r="L68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M68" s="6"/>
+      <c r="N68" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O68" s="19"/>
+      <c r="P68" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q68" s="19"/>
+      <c r="R68" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S68" s="19"/>
+      <c r="T68" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="69" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E69" s="6"/>
+      <c r="F69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G69" s="6"/>
+      <c r="H69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I69" s="24"/>
+      <c r="J69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M69" s="6"/>
+      <c r="N69" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O69" s="19"/>
+      <c r="P69" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q69" s="19"/>
+      <c r="R69" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S69" s="19"/>
+      <c r="T69" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="70" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="18" t="s">
         <v>76</v>
       </c>
-      <c r="B38" s="7"/>
-[...1144 lines deleted...]
-      <c r="A68" s="18" t="s">
+      <c r="B70" s="9"/>
+      <c r="C70" s="6"/>
+      <c r="D70" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E70" s="6"/>
+      <c r="F70" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G70" s="6"/>
+      <c r="H70" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I70" s="24"/>
+      <c r="J70" s="9"/>
+      <c r="K70" s="6"/>
+      <c r="L70" s="9"/>
+      <c r="M70" s="6"/>
+      <c r="N70" s="9"/>
+      <c r="O70" s="19"/>
+      <c r="P70" s="20"/>
+      <c r="Q70" s="19"/>
+      <c r="R70" s="20"/>
+      <c r="S70" s="19"/>
+      <c r="T70" s="20"/>
+    </row>
+    <row r="71" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="B68" s="6"/>
-[...68 lines deleted...]
-      <c r="A70" s="18" t="s">
+      <c r="B71" s="9"/>
+      <c r="C71" s="6"/>
+      <c r="D71" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E71" s="6"/>
+      <c r="F71" s="9"/>
+      <c r="G71" s="6"/>
+      <c r="H71" s="9"/>
+      <c r="I71" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J71" s="9"/>
+      <c r="K71" s="6"/>
+      <c r="L71" s="9"/>
+      <c r="M71" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N71" s="9"/>
+      <c r="O71" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P71" s="20"/>
+      <c r="Q71" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R71" s="20"/>
+      <c r="S71" s="19"/>
+      <c r="T71" s="20"/>
+    </row>
+    <row r="72" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="B70" s="6"/>
-[...29 lines deleted...]
-      <c r="A71" s="18" t="s">
+      <c r="B72" s="9"/>
+      <c r="C72" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D72" s="9"/>
+      <c r="E72" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F72" s="9"/>
+      <c r="G72" s="6"/>
+      <c r="H72" s="9"/>
+      <c r="I72" s="24"/>
+      <c r="J72" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K72" s="6"/>
+      <c r="L72" s="9"/>
+      <c r="M72" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N72" s="9"/>
+      <c r="O72" s="19"/>
+      <c r="P72" s="20"/>
+      <c r="Q72" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R72" s="20"/>
+      <c r="S72" s="19"/>
+      <c r="T72" s="20"/>
+    </row>
+    <row r="73" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="21" t="s">
         <v>52</v>
       </c>
-      <c r="B71" s="6" t="s">
-[...29 lines deleted...]
-      <c r="A72" s="21" t="s">
+      <c r="B73" s="10"/>
+      <c r="C73" s="7"/>
+      <c r="D73" s="10"/>
+      <c r="E73" s="7"/>
+      <c r="F73" s="10"/>
+      <c r="G73" s="7"/>
+      <c r="H73" s="10"/>
+      <c r="I73" s="25"/>
+      <c r="J73" s="10"/>
+      <c r="K73" s="7"/>
+      <c r="L73" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M73" s="7"/>
+      <c r="N73" s="10"/>
+      <c r="O73" s="19"/>
+      <c r="P73" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q73" s="19"/>
+      <c r="R73" s="20"/>
+      <c r="S73" s="19"/>
+      <c r="T73" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="B72" s="7"/>
-[...25 lines deleted...]
-      <c r="A73" s="22" t="s">
+      <c r="B74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N74" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="O74" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P74" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q74" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R74" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S74" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T74" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="18" t="s">
+        <v>95</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C75" s="7"/>
+      <c r="D75" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E75" s="7"/>
+      <c r="F75" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G75" s="7"/>
+      <c r="H75" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="I75" s="25"/>
+      <c r="J75" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K75" s="7"/>
+      <c r="L75" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="M75" s="7"/>
+      <c r="N75" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="O75" s="19"/>
+      <c r="P75" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q75" s="19"/>
+      <c r="R75" s="20" t="s">
+        <v>59</v>
+      </c>
+      <c r="S75" s="19"/>
+      <c r="T75" s="20" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="18" t="s">
         <v>54</v>
       </c>
-      <c r="B73" s="6" t="s">
-[...96 lines deleted...]
-      <c r="A75" s="18" t="s">
+      <c r="B76" s="9"/>
+      <c r="C76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D76" s="9"/>
+      <c r="E76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F76" s="9"/>
+      <c r="G76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H76" s="9"/>
+      <c r="I76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="J76" s="9"/>
+      <c r="K76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L76" s="9"/>
+      <c r="M76" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N76" s="9"/>
+      <c r="O76" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P76" s="20"/>
+      <c r="Q76" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R76" s="20"/>
+      <c r="S76" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T76" s="20"/>
+    </row>
+    <row r="77" spans="1:20" s="17" customFormat="1" ht="33.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="18" t="s">
         <v>55</v>
       </c>
-      <c r="B75" s="6" t="s">
-[...69 lines deleted...]
-      <c r="S76" s="20"/>
+      <c r="B77" s="9"/>
+      <c r="C77" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D77" s="10"/>
+      <c r="E77" s="6"/>
+      <c r="F77" s="10"/>
+      <c r="G77" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H77" s="9"/>
+      <c r="I77" s="24"/>
+      <c r="J77" s="9"/>
+      <c r="K77" s="6"/>
+      <c r="L77" s="9"/>
+      <c r="M77" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N77" s="9"/>
+      <c r="O77" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="P77" s="20"/>
+      <c r="Q77" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="R77" s="20"/>
+      <c r="S77" s="19" t="s">
+        <v>59</v>
+      </c>
+      <c r="T77" s="20"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:S76" xr:uid="{C1BAA80F-81C8-4CE0-A367-FDFE74B1C334}"/>
+  <autoFilter ref="A1:T77" xr:uid="{C1BAA80F-81C8-4CE0-A367-FDFE74B1C334}"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=32500" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-    <hyperlink ref="A4" r:id="rId2" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=52700" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-[...27 lines deleted...]
-    <hyperlink ref="A35" r:id="rId30" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55700" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="A5" r:id="rId2" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=52700" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="A6" r:id="rId3" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ABE&amp;crse_numb_in=56000" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A7" r:id="rId4" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=25500" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="A9" r:id="rId5" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=33700" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="A10" r:id="rId6" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=38500" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="A11" r:id="rId7" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=45000" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="A12" r:id="rId8" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54000" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="A13" r:id="rId9" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54400" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="A14" r:id="rId10" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=54500" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="A15" r:id="rId11" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=56000" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="A16" r:id="rId12" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=58000" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="A17" r:id="rId13" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=AGRY&amp;crse_numb_in=58500" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="A18" r:id="rId14" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ASM&amp;crse_numb_in=54000" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="A19" r:id="rId15" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=BIOL&amp;crse_numb_in=48300" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="A20" r:id="rId16" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=BIOL&amp;crse_numb_in=54900" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="A21" r:id="rId17" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=31100" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="A22" r:id="rId18" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=38300" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
+    <hyperlink ref="A23" r:id="rId19" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=41300" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="A24" r:id="rId20" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=41400" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="A25" r:id="rId21" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=44000" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
+    <hyperlink ref="A27" r:id="rId22" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=44300" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
+    <hyperlink ref="A28" r:id="rId23" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=45700" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
+    <hyperlink ref="A30" r:id="rId24" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=51200" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
+    <hyperlink ref="A31" r:id="rId25" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=51501" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="A32" r:id="rId26" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54000" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="A33" r:id="rId27" display="http://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54300" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="A34" r:id="rId28" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=54900" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="A35" r:id="rId29" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="A36" r:id="rId30" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55700" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
     <hyperlink ref="A45" r:id="rId31" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EAPS&amp;crse_numb_in=30900" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
     <hyperlink ref="A46" r:id="rId32" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EAPS&amp;crse_numb_in=58400" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
     <hyperlink ref="A47" r:id="rId33" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EDCI&amp;crse_numb_in=50600" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
     <hyperlink ref="A51" r:id="rId34" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=EEE&amp;crse_numb_in=45600" xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
-    <hyperlink ref="A61" r:id="rId35" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=21000" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
-[...10 lines deleted...]
-    <hyperlink ref="A76" r:id="rId46" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=47000" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="A62" r:id="rId35" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=21000" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="A63" r:id="rId36" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=35700" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="A65" r:id="rId37" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=54300" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="A66" r:id="rId38" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=FNR&amp;crse_numb_in=55800" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="A67" r:id="rId39" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=IE&amp;crse_numb_in=34300" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="A68" r:id="rId40" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=41300" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="A69" r:id="rId41" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=43000" xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="A71" r:id="rId42" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=51400" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="A72" r:id="rId43" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=ME&amp;crse_numb_in=52900" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="A74" r:id="rId44" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=MET&amp;crse_numb_in=42200" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="A76" r:id="rId45" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=30000" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="A77" r:id="rId46" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=NUCL&amp;crse_numb_in=47000" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
     <hyperlink ref="A52" r:id="rId47" display="EEE 47200 - Community-Engaged Engineering &amp; Design" xr:uid="{C1973AF8-3DB6-4E44-964A-0F00ACAC06AA}"/>
     <hyperlink ref="A43" r:id="rId48" display="BCM 51000: Env Sust Const Design &amp; Devel [formally BCM 51000]" xr:uid="{7612E418-1C38-46E5-A894-C36585C1C56D}"/>
-    <hyperlink ref="A69" r:id="rId49" display="ME 49601 (variable title) Climate Change &amp; Renewable Enrgy_x0009_" xr:uid="{EB161CB3-A646-4937-B1E4-489C088E5866}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A59" r:id="rId51" xr:uid="{AD217EBC-6185-4136-9D6A-AE2396537593}"/>
+    <hyperlink ref="A70" r:id="rId49" display="ME 49601 (variable title) Climate Change &amp; Renewable Enrgy_x0009_" xr:uid="{EB161CB3-A646-4937-B1E4-489C088E5866}"/>
+    <hyperlink ref="A56" r:id="rId50" xr:uid="{3A5EECB5-F88C-4E95-9B83-9546C0820BE9}"/>
+    <hyperlink ref="A60" r:id="rId51" xr:uid="{AD217EBC-6185-4136-9D6A-AE2396537593}"/>
     <hyperlink ref="A48" r:id="rId52" xr:uid="{3A67D1C6-3128-4371-9F56-6DCBF8C97E2A}"/>
     <hyperlink ref="A49" r:id="rId53" display="*EEE 36002: Environmental Sustainability For Industry, Laboratory (3cr required as core; additional credits may be used as Selective)" xr:uid="{BC1B453F-F311-4F45-9FB0-AB6612CC15F9}"/>
-    <hyperlink ref="A56" r:id="rId54" xr:uid="{57E878D2-1033-419A-85F4-6EAEA6270A26}"/>
-    <hyperlink ref="A54" r:id="rId55" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" xr:uid="{97007634-3D83-4307-8F2C-75B36DA95DD8}"/>
+    <hyperlink ref="A57" r:id="rId54" xr:uid="{57E878D2-1033-419A-85F4-6EAEA6270A26}"/>
+    <hyperlink ref="A55" r:id="rId55" display="https://selfservice.mypurdue.purdue.edu/prod/bwckctlg.p_disp_course_detail?cat_term_in=202010&amp;subj_code_in=CE&amp;crse_numb_in=55000" xr:uid="{97007634-3D83-4307-8F2C-75B36DA95DD8}"/>
+    <hyperlink ref="A53" r:id="rId56" xr:uid="{97BB3AEF-679A-4670-9D72-AF21E07DD3EC}"/>
+    <hyperlink ref="A4" r:id="rId57" xr:uid="{C667D1DF-BE96-450A-A15F-743288439F37}"/>
+    <hyperlink ref="A75" r:id="rId58" xr:uid="{9000864C-CC40-4ED9-AA14-4F2C4DDA2643}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId56"/>
+  <pageSetup orientation="portrait" r:id="rId59"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8EEF3E15-3742-493D-B537-F56412A37E22}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A1" s="3"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>